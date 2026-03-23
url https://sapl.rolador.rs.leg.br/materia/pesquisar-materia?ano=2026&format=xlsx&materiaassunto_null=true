--- v0 (2026-02-02)
+++ v1 (2026-03-23)
@@ -10,228 +10,559 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="168">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário Legislativo</t>
   </si>
   <si>
     <t>Elizandro</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/53/projeto_de__lei_n.o_01-2026.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/53/projeto_de__lei_n.o_01-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da pista do Parque de Rodeios do Município de Rolador e dá outras providências.</t>
   </si>
   <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>José Adriani</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/59/projeto_de__lei_n.o_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação do Parque de Rodeios do Município de Rolador e dá outras providências.</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Gabinete Presidência - GP</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/67/projeto_de_lei_no_03-2026_-_revisao_servidores_1.pdf</t>
+  </si>
+  <si>
+    <t>“Concede revisão geral anual, nos termos do inciso X do art. 37 da CF e_x000D_
+concede aumento real aos vencimentos dos servidores do Poder Legislativo_x000D_
+Municipal de Rolador, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/68/projeto_de_lei_n.o_04-2026_-_reajuste_vereadores_-_ver._prefeito_e_vice.pdf</t>
+  </si>
+  <si>
+    <t>“Concede revisão geral anual – art. 37, X, da CF – aos subsídios_x000D_
+dos Vereadores do Poder Legislativo Municipal, ao Prefeito, Vice-Prefeito e_x000D_
+Secretários Municipais, todos do município de Rolador, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/69/projeto_de_lei_n.o_05-2026_-_aumento_auxilio_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 2º, da Lei n°. 1.385, de 31 de março de 2016, que institui o Programa de Auxílio à Alimentação dos Servidores do Poder Legislativo Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>48</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Alberto Aquino Gomes</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/48/mensagem_n_01.2026_p_lei_n_01.2026_contrato_oficineiro_artesanato.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/48/mensagem_n_01.2026_p_lei_n_01.2026_contrato_oficineiro_artesanato.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município, Poder Executivo, efetuar a contratação de um oficineiro de artesanato, por tempo determinado, para atender a necessidade temporária de excepcional interesse público, e dá outras providências.”</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/49/mensagem_n_03.2026_p_lei_n_02.2026_credito_adicional_especial.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/49/mensagem_n_03.2026_p_lei_n_02.2026_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especil, por excesso de arrecadação, no valor de R$ 76.285,71 (setenta e seis mil e duzentos e setenta e cinco reais e setenta e um centavos), para os fins que especifica, e dá outras providências.”</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/50/mensagem_n_04.2026_p_lei_n_03.2026_credito_suplementar.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/50/mensagem_n_04.2026_p_lei_n_03.2026_credito_suplementar.pdf</t>
   </si>
   <si>
     <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional suplementar, no valor de R$ 65.000,00 (sessenta e cinco mil reais), para os fins que especifica, e dá outras providências.”</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/51/mensagem_n_05.2026_p_lei_n_04.2026_credito_adicional_especial.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/51/mensagem_n_05.2026_p_lei_n_04.2026_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial, por superavit financeiro do exercicio anterior, no valor de R$ 937.972,75 (novecentos e trinta e sete mil e novecentos e setenta e dois reais e setenta e cinco centavos), para os fins que especifica, e dá outras providências.”</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/52/mensagem_n_06.2026_p_lei_n_05.2026_-_altera_lei_806-2009_-_indenizacao_transporte_prefeito.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/52/mensagem_n_06.2026_p_lei_n_05.2026_-_altera_lei_806-2009_-_indenizacao_transporte_prefeito.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 806, de 22 de dezembro de 2009, que dispõe sobre o regime de diárias e de indenização de transporte aos servidores ou agentes políticos da Administração Pública Municipal, e dá outras providências.”</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/56/mensagem_n_07.2026_p_lei_n_06.2026_credito_adicional_especial.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/56/mensagem_n_07.2026_p_lei_n_06.2026_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial, por superavit financeiro do exercicio anterior, no valor de R$ 220.181,72 (duzentos e vinte mil e cento e oitenta e um reais e setenta e dois centavos), para os fins que especifica, e dá outras providências.”</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/57/mensagem_n_08.2026_p_lei_n_07.2026_credito_adicional_especial.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/57/mensagem_n_08.2026_p_lei_n_07.2026_credito_adicional_especial.pdf</t>
   </si>
   <si>
     <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial, no valor de R$ 870.968,00 (oitocentos e setenta mil e novecentos e sessenta e oito reais), para os fins que especifica, e dá outras providências.”</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/54/mensagem_n_09.2026_p_lei_n_08.2026_p-infra_1.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/54/mensagem_n_09.2026_p_lei_n_08.2026_p-infra_1.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Suporte Infra-estrutural ao Desenvolvimento Rural e Urbano, denominado P-INFRA, e dá outras providências.”</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/55/mensagem_n_10.2026_p_lei_n_09.2025_-_parceria_salao.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/55/mensagem_n_10.2026_p_lei_n_09.2025_-_parceria_salao.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE FOMENTO COM A MITRA ANGELOPOLITANA – PARÓQUIA SAGRADA FAMÍLIA DE NAZARÉ – COMUNIDADE SANTA RITA DE CÁSSIA.”</t>
   </si>
   <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/60/mensagem_n_11.2026_p_lei_n_10.2026_revisao_anual.pdf</t>
+  </si>
+  <si>
+    <t>“Concede revisão geral anual da remuneração dos servidores públicos, estendida, dentre outros, aos proventos e as pensões dos aposentados e pensionistas com direito à paridade, bem como concede reajuste aos proventos dos aposentados e pensionistas não detentores do direito à paridade, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/61/mensagem_n_12.2026_p_lei_n_11.2026_credito_adicional_especial.pdf</t>
+  </si>
+  <si>
+    <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial por superavit financeiro do exercicio anterior, no valor de R$ 121.739,56 (cento e vinte e um mil e setecentos e trinta e nove reais e cinquenta e seis centavos), para os fins que especifica, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/62/mensagem_n_13.2026_p_lei_n_12.2026_-_altera_lei_062.2001_-_cargos_e_salarios_1.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a Lei no 062, de 05 de julho de 2001, para alterar padrões de vencimento e dá outras Providências.”</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/63/mensagem_n_14.2026_p_lei_n_13.2026_agente_de_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de agente de limpeza e higienização, por tempo determinado, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/70/mensagem_n_15.2026_p_lei_n_14.2025_-_parceria_consep.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE FOMENTO COM CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA DE ROLADOR - CONSEP.”</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/71/mensagem_n_16.2026_p_lei_n_15.2026_credito_adicional_especial.pdf</t>
+  </si>
+  <si>
+    <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial, no valor de R$ 92.581,00 (noventa e dois mil e quinhentos e oitenta e um reais), para os fins que especifica, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/72/mensagem_n_17.2026_p_lei_n_16.2026_credito_adicional_especial.pdf</t>
+  </si>
+  <si>
+    <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial por superavit financeiro do exercicio anterior, no valor de R$ 56.124,80 (cinquenta e seis mil e cento e vinte e quatro reais e oitenta centavos), para os fins que especifica, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/74/mensagem_n_18.2026_p_lei_n_17.2026__iptu_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a conceder desconto no pagamento do Imposto Predial e Territorial Urbano – IPTU, fixa e estabelece o calendário anual de arrecadação e incentivo ao pagamento do IPTU para o exercício de 2026 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/75/mensagem_n_19.2026_p_lei_n_18.2026__altera_nota_premiada.pdf</t>
+  </si>
+  <si>
+    <t>Altera  o Art. 2º da campanha “No Rolador, a Nota é Premiada” , de que dispõe a lei municipal nº 1.888, de 04 de outubro de 2022, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de PORTUGUÊS –  por tempo determinado, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/77/mensagem_n_22.2026_p_lei_n_20.2026_agente_de_limpeza.pdf</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>“AUTORIZA O MUNICÍPIO A CELEBRAR PARCERIA COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS – APAE DE SÃO LUIZ GONZAGA.”</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/79/mensagem_n_24.2026_p_lei_n_22.2026_credito_adicional_especial.pdf</t>
+  </si>
+  <si>
+    <t>Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial por superavit financeiro do exercicio anterior, no valor de R$ 100.000,00 (cem mil reais), para os fins que especifica, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/82/mensagem_n_25.2026_p_lei_n_23.2026_altera_professor_educacao_infantil_2026.pdf</t>
+  </si>
+  <si>
+    <t>Inclui dispositivo na Lei Municipal nº 2.131 de 22 de dezembro de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/83/mensagem_n_26.2026_p_lei_n_24.2026_credito_adicional_especial_1.pdf</t>
+  </si>
+  <si>
+    <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial por superávit financeiro do exercício anterior, no valor de R$ 61.000,00 (sessenta e um mil reais), para os fins que especifica, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/84/mensagem_n_27.2026_p_lei_n_25.2026__iptu_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a conceder desconto no pagamento do Imposto Predial e Territorial Urbano – IPTU, fixa e estabelece o calendário anual de arrecadação e incentivo ao pagamento do IPTU para o exercício de 2026 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/85/mensagem_n_28.2026_p_lei_n_26.2026_altera_data_feriado_municipio_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera excepcionalmente a data do feriado em comemoração ao dia do Município e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/86/mensagem_n_29.2026_p_lei_n_27.2026_credito_adicional_especial_1.pdf</t>
+  </si>
+  <si>
+    <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2026, em favor da Administração, crédito adicional especial por superavit financeiro do exercício anterior, no valor de R$ 223.433,82 (duzentos e vinte e três mil e quatrocentos e trinta e três reais e oitenta e dois centavos), para os fins que especifica, e dá outras providências.”</t>
+  </si>
+  <si>
     <t>47</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/47/indicacao_01.2026.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/47/indicacao_01.2026.pdf</t>
   </si>
   <si>
     <t>Indico, após ouvido o Plenário, ao Senhor Prefeito, que seja criado o Programa Municipal de Incentivo à Tradição e à Saúde Animal Equídea, no âmbito do Município de Rolador, autorizando o custeio da coleta e do envio de material biológico para a realização do exame de Anemia Infecciosa Equina (AIE) aos criadores de equídeos do município. Sugere-se que cada criador tenha direito ao custeio (02) dois testes anuais por animal, conforme critérios a serem definidos pelo Poder Executivo e observada a disponibilidade orçamentária. _x000D_
 A presente Indicação visa incentivar a saúde animal equídea e apoiar os criadores do município no controle da Anemia Infecciosa Equina (AIE), doença de notificação obrigatória que exige acompanhamento periódico.</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, para a obtenção de subsídios nas parcelas do programa Solo Fértil, Pasto Forte, para os Agricultores do Município.</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>Agenor</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/73/indicacao_03.2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, da Bancada do PSB, no uso de suas atribuições legais e regimentais, vem respeitosamente indicar ao Poder Executivo Municipal que seja providenciada a instalação de abrigo para embarque e desembarque de alunos em frente à Escola Castro Alves, no Município de Rolador, principalmente para utilização em dias de chuva.</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/81/indicacao_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, integrante da Bancada do PSB, no uso de suas atribuições legais e regimentais, vem, respeitosamente, indicar ao Poder Executivo Municipal que seja estudada a possibilidade de concessão de isenção de pagamento de até 3 (três) horas-máquina destinadas à limpeza de bebedouros nas propriedades rurais do município.</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>MP</t>
+  </si>
+  <si>
+    <t>Moção de Pesar</t>
+  </si>
+  <si>
+    <t>O Vereador que o presente subscreve, integrante da Bancada do PP, com assento nesta Casa, após aprovação do Colendo Plenário, REQUER, a inserção em ata, com a comunicação aos familiares, de UM VOTO DE PESAR, pelo falecimento da Senhora, ELODI TERESINHA FEIJÓ , ocorrido no ultimo dia 12 de  fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>MDB - PP - PSB</t>
+  </si>
+  <si>
+    <t>Os Vereadores que a presente subscrevem, integrantes das Bancadas do MDB, PP e PSB com assento nesta Casa, após aprovação do Colendo Plenário, REQUEREM, a inserção em ata, com a comunicação aos familiares, de UM VOTO DE PESAR, pelo falecimento da Senhora MARIA LUNKES GOTZ,  ocorrido no último dia 15 de março de 2026.</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>EDO</t>
+  </si>
+  <si>
+    <t>Edital</t>
+  </si>
+  <si>
+    <t>O Presidente da Câmara Municipal de Vereadores de Rolador, com a Comissão de Economia e Finanças, no uso de suas atribuições legais, e de conformidade com o § 4º, do art. 9º e art. 48, da Lei Complementar nº. 101, de 04 de maio de 2000 - LRF, CONVOCA a população em geral, para participar da AUDIÊNCIA PÚBLICA para Demonstração e Avaliação do Cumprimento das Metas Fiscais, referente ao 3º Quadrimestre do exercício de 2025, a realizar-se no dia 23 de fevereiro de 2026, às 16hs, na Sala de Sessões da Câmara Municipal.</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Moção de Apoio</t>
+  </si>
+  <si>
+    <t>Moção de Apoio ao Projeto de Lei nº 412/2025, em tramitação na Assembleia Legislativa do Estado do Rio Grande do Sul, que proíbe a reconstituição do leite em pó de origem estrangeira.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -535,68 +866,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/53/projeto_de__lei_n.o_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/48/mensagem_n_01.2026_p_lei_n_01.2026_contrato_oficineiro_artesanato.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/49/mensagem_n_03.2026_p_lei_n_02.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/50/mensagem_n_04.2026_p_lei_n_03.2026_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/51/mensagem_n_05.2026_p_lei_n_04.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/52/mensagem_n_06.2026_p_lei_n_05.2026_-_altera_lei_806-2009_-_indenizacao_transporte_prefeito.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/56/mensagem_n_07.2026_p_lei_n_06.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/57/mensagem_n_08.2026_p_lei_n_07.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/54/mensagem_n_09.2026_p_lei_n_08.2026_p-infra_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/55/mensagem_n_10.2026_p_lei_n_09.2025_-_parceria_salao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/47/indicacao_01.2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/53/projeto_de__lei_n.o_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/59/projeto_de__lei_n.o_02-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/67/projeto_de_lei_no_03-2026_-_revisao_servidores_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/68/projeto_de_lei_n.o_04-2026_-_reajuste_vereadores_-_ver._prefeito_e_vice.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/69/projeto_de_lei_n.o_05-2026_-_aumento_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/48/mensagem_n_01.2026_p_lei_n_01.2026_contrato_oficineiro_artesanato.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/49/mensagem_n_03.2026_p_lei_n_02.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/50/mensagem_n_04.2026_p_lei_n_03.2026_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/51/mensagem_n_05.2026_p_lei_n_04.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/52/mensagem_n_06.2026_p_lei_n_05.2026_-_altera_lei_806-2009_-_indenizacao_transporte_prefeito.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/56/mensagem_n_07.2026_p_lei_n_06.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/57/mensagem_n_08.2026_p_lei_n_07.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/54/mensagem_n_09.2026_p_lei_n_08.2026_p-infra_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/55/mensagem_n_10.2026_p_lei_n_09.2025_-_parceria_salao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/60/mensagem_n_11.2026_p_lei_n_10.2026_revisao_anual.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/61/mensagem_n_12.2026_p_lei_n_11.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/62/mensagem_n_13.2026_p_lei_n_12.2026_-_altera_lei_062.2001_-_cargos_e_salarios_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/63/mensagem_n_14.2026_p_lei_n_13.2026_agente_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/70/mensagem_n_15.2026_p_lei_n_14.2025_-_parceria_consep.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/71/mensagem_n_16.2026_p_lei_n_15.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/72/mensagem_n_17.2026_p_lei_n_16.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/74/mensagem_n_18.2026_p_lei_n_17.2026__iptu_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/75/mensagem_n_19.2026_p_lei_n_18.2026__altera_nota_premiada.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/77/mensagem_n_22.2026_p_lei_n_20.2026_agente_de_limpeza.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/79/mensagem_n_24.2026_p_lei_n_22.2026_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/82/mensagem_n_25.2026_p_lei_n_23.2026_altera_professor_educacao_infantil_2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/83/mensagem_n_26.2026_p_lei_n_24.2026_credito_adicional_especial_1.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/84/mensagem_n_27.2026_p_lei_n_25.2026__iptu_2026_1.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/85/mensagem_n_28.2026_p_lei_n_26.2026_altera_data_feriado_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/86/mensagem_n_29.2026_p_lei_n_27.2026_credito_adicional_especial_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/47/indicacao_01.2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/73/indicacao_03.2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2026/81/indicacao_04.2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="158.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="157.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -616,315 +947,1098 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>48</v>
       </c>
       <c r="H10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F12" t="s">
+        <v>38</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="F13" t="s">
+        <v>38</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="F14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="F15" t="s">
+        <v>38</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="F16" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>36</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>36</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>36</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="F19" t="s">
+        <v>38</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>36</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="F20" t="s">
+        <v>38</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>36</v>
+      </c>
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="F21" t="s">
+        <v>38</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>36</v>
+      </c>
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="F22" t="s">
+        <v>38</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H22" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
+        <v>36</v>
+      </c>
+      <c r="E23" t="s">
+        <v>37</v>
+      </c>
+      <c r="F23" t="s">
+        <v>38</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H23" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" t="s">
+        <v>36</v>
+      </c>
+      <c r="E24" t="s">
+        <v>37</v>
+      </c>
+      <c r="F24" t="s">
+        <v>38</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" t="s">
+        <v>36</v>
+      </c>
+      <c r="E25" t="s">
+        <v>37</v>
+      </c>
+      <c r="F25" t="s">
+        <v>38</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>36</v>
+      </c>
+      <c r="E26" t="s">
+        <v>37</v>
+      </c>
+      <c r="F26" t="s">
+        <v>38</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>113</v>
+      </c>
+      <c r="D27" t="s">
+        <v>36</v>
+      </c>
+      <c r="E27" t="s">
+        <v>37</v>
+      </c>
+      <c r="F27" t="s">
+        <v>38</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H27" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>36</v>
+      </c>
+      <c r="E28" t="s">
+        <v>37</v>
+      </c>
+      <c r="F28" t="s">
+        <v>38</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H28" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>120</v>
+      </c>
+      <c r="D29" t="s">
+        <v>36</v>
+      </c>
+      <c r="E29" t="s">
+        <v>37</v>
+      </c>
+      <c r="F29" t="s">
+        <v>38</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H29" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>123</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" t="s">
+        <v>36</v>
+      </c>
+      <c r="E30" t="s">
+        <v>37</v>
+      </c>
+      <c r="F30" t="s">
+        <v>38</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H30" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>128</v>
+      </c>
+      <c r="D31" t="s">
+        <v>36</v>
+      </c>
+      <c r="E31" t="s">
+        <v>37</v>
+      </c>
+      <c r="F31" t="s">
+        <v>38</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
+        <v>36</v>
+      </c>
+      <c r="E32" t="s">
+        <v>37</v>
+      </c>
+      <c r="F32" t="s">
+        <v>38</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>136</v>
+      </c>
+      <c r="D33" t="s">
+        <v>36</v>
+      </c>
+      <c r="E33" t="s">
+        <v>37</v>
+      </c>
+      <c r="F33" t="s">
+        <v>38</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H33" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>10</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="D34" t="s">
+        <v>140</v>
+      </c>
+      <c r="E34" t="s">
+        <v>141</v>
+      </c>
+      <c r="F34" t="s">
         <v>13</v>
       </c>
-      <c r="G12" s="1" t="s">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="G34" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="H34" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>144</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>140</v>
+      </c>
+      <c r="E35" t="s">
+        <v>141</v>
+      </c>
+      <c r="F35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>146</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>22</v>
+      </c>
+      <c r="D36" t="s">
+        <v>140</v>
+      </c>
+      <c r="E36" t="s">
+        <v>141</v>
+      </c>
+      <c r="F36" t="s">
+        <v>147</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H36" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" t="s">
+        <v>140</v>
+      </c>
+      <c r="E37" t="s">
+        <v>141</v>
+      </c>
+      <c r="F37" t="s">
+        <v>147</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="H37" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>154</v>
+      </c>
+      <c r="E38" t="s">
+        <v>155</v>
+      </c>
+      <c r="F38" t="s">
+        <v>18</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H38" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" t="s">
+        <v>154</v>
+      </c>
+      <c r="E39" t="s">
+        <v>155</v>
+      </c>
+      <c r="F39" t="s">
+        <v>158</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H39" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>160</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>161</v>
+      </c>
+      <c r="E40" t="s">
+        <v>162</v>
+      </c>
+      <c r="F40" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H40" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>164</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>165</v>
+      </c>
+      <c r="E41" t="s">
+        <v>166</v>
+      </c>
+      <c r="F41" t="s">
+        <v>158</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H41" t="s">
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>