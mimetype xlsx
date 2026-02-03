--- v0 (2025-12-12)
+++ v1 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="161">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -343,50 +343,83 @@
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de anos finais do ensino fundamental – MATEMÁTICA, por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de Atendimento Educacional Especializado, por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de dois monitores de educação, por tempo determinado, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE FOMENTO COM O SINDICATO DOS MUNICIPÁRIOS DE ROLADOR - SIMRO.</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/45/mensagem_n_104.2025_p_lei_n_93.2025_credito_adicional_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2025, em favor da Administração, crédito adicional suplementar, no valor de R$ 200.000,00 (duzentos mil reais), para os fins que especifica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/46/mensagem_n_105.2025_p_lei_-_regulamentacao_sistema_monitoramento.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a regulamentação da instalação, manutenção e funcionamento do Sistema Municipal de Videomonitoramento e da Sala de Comando e Controle Integrado no Município de Rolador/RS.”</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Adriani</t>
   </si>
   <si>
     <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, para que seja custeada a ajuda de custos nos testes de mormo dos cavalos.</t>
   </si>
   <si>
     <t>Isaias</t>
   </si>
   <si>
     <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, que implemente um programa de recuperação e preservação de nascentes e mananciais no município. Justifica-se que o município possui uma vasta riqueza natural, com inúmeras nascentes e mananciais espalhados por seu território. A falta de políticas e ações efetivas têm permitido a degradação dessas áreas, comprometendo um patrimônio valioso para a cidade. A proposta busca sensibilizar a administração municipal para a necessidade de medidas concretas voltadas à preservação ambiental, garantindo a manutenção dos recursos hídricos para as futuras gerações.</t>
   </si>
   <si>
     <t>19</t>
   </si>
@@ -807,56 +840,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/33/emenda_impositiva_01_todos_3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/34/emenda_impositiva_02_brigada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/35/emenda_impositiva_03_sindicato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/36/emenda_impositiva_04_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de__lei_n.o_05-2025_-_cesta_natalina.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_decreto_legislativo_03.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_decreto_legislativo_04.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/12/mensagem_n71.2025_p_lei_65.2025-_dipoe_sobre_custeio_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/13/mensagem_n72.2025_p_lei_66.2025-_dipoe_sobre_estrutura_organizacional_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/8/mensagem_n_85.2025_p_lei_n_76.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/10/pl_78.25_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mensagem_n_90.2025_p_lei_80.2025_-_nota_fiscal_gaucha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/37/mensagem_n_96.2025_p_lei_n_85.2025_contrata_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/38/mensagem_n_97.2025_p_lei_n_86.2025_professor_educacao_infantil_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/39/mensagem_n_98.2025_p_lei_n_87.2025_contrataprofessor_series_iniciais_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/40/mensagem_n_99.2025_p_lei_n_88.2025_professor_portugues.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/41/mensagem_n_100.2025_p_lei_n_89.2025_professor_matematica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_apoio_no_01.25.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/21/edital_de_convocacao_20.10.25_-_ldo.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/33/emenda_impositiva_01_todos_3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/34/emenda_impositiva_02_brigada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/35/emenda_impositiva_03_sindicato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/36/emenda_impositiva_04_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de__lei_n.o_05-2025_-_cesta_natalina.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_decreto_legislativo_03.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_decreto_legislativo_04.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/12/mensagem_n71.2025_p_lei_65.2025-_dipoe_sobre_custeio_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/13/mensagem_n72.2025_p_lei_66.2025-_dipoe_sobre_estrutura_organizacional_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/8/mensagem_n_85.2025_p_lei_n_76.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/10/pl_78.25_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mensagem_n_90.2025_p_lei_80.2025_-_nota_fiscal_gaucha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/37/mensagem_n_96.2025_p_lei_n_85.2025_contrata_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/38/mensagem_n_97.2025_p_lei_n_86.2025_professor_educacao_infantil_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/39/mensagem_n_98.2025_p_lei_n_87.2025_contrataprofessor_series_iniciais_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/40/mensagem_n_99.2025_p_lei_n_88.2025_professor_portugues.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/41/mensagem_n_100.2025_p_lei_n_89.2025_professor_matematica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/45/mensagem_n_104.2025_p_lei_n_93.2025_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/46/mensagem_n_105.2025_p_lei_-_regulamentacao_sistema_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_apoio_no_01.25.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/21/edital_de_convocacao_20.10.25_-_ldo.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H36"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="169.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1506,336 +1539,414 @@
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>44</v>
       </c>
       <c r="F26" t="s">
         <v>45</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>109</v>
       </c>
       <c r="H26" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>17</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D27" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
       <c r="E27" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>44</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H27" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>21</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
       <c r="E28" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="F28" t="s">
+        <v>45</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H28" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>118</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>119</v>
       </c>
       <c r="D29" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
       <c r="E29" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="F29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" t="s">
         <v>123</v>
       </c>
-      <c r="B30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="F30" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>125</v>
+        <v>46</v>
       </c>
       <c r="H30" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>21</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" t="s">
+        <v>123</v>
+      </c>
+      <c r="E31" t="s">
+        <v>124</v>
+      </c>
+      <c r="F31" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H31" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" t="s">
+        <v>123</v>
+      </c>
+      <c r="E32" t="s">
+        <v>124</v>
+      </c>
+      <c r="F32" t="s">
+        <v>131</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="B32" t="s">
-[...11 lines deleted...]
-      <c r="F32" t="s">
+      <c r="H32" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" t="s">
+        <v>123</v>
+      </c>
+      <c r="E33" t="s">
+        <v>124</v>
+      </c>
+      <c r="F33" t="s">
         <v>135</v>
       </c>
-      <c r="B33" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G33" s="1" t="s">
-        <v>46</v>
+        <v>136</v>
       </c>
       <c r="H33" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D34" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E34" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>139</v>
+        <v>46</v>
       </c>
       <c r="H34" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" t="s">
+        <v>140</v>
+      </c>
+      <c r="E35" t="s">
         <v>141</v>
       </c>
-      <c r="B35" t="s">
-[...9 lines deleted...]
-        <v>143</v>
+      <c r="F35" t="s">
+        <v>144</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>144</v>
+        <v>46</v>
       </c>
       <c r="H35" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>134</v>
       </c>
       <c r="D36" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="E36" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="F36" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H36" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>122</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>148</v>
+      </c>
+      <c r="E37" t="s">
         <v>149</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H37" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>152</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>153</v>
+      </c>
+      <c r="E38" t="s">
+        <v>154</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H38" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>157</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>158</v>
+      </c>
+      <c r="E39" t="s">
+        <v>159</v>
+      </c>
+      <c r="F39" t="s">
+        <v>45</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H39" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>