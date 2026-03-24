--- v1 (2026-02-03)
+++ v2 (2026-03-24)
@@ -54,474 +54,474 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>MDB - PP - PSB</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/33/emenda_impositiva_01_todos_3.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/33/emenda_impositiva_01_todos_3.pdf</t>
   </si>
   <si>
     <t>Obriga o Poder Executivo a execução orçamentária impositiva e financeira da programação incluída pela presente emenda.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Outros - OUT</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/34/emenda_impositiva_02_brigada.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/34/emenda_impositiva_02_brigada.pdf</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/35/emenda_impositiva_03_sindicato.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/35/emenda_impositiva_03_sindicato.pdf</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/36/emenda_impositiva_04_infraestrutura.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/36/emenda_impositiva_04_infraestrutura.pdf</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de__lei_n.o_05-2025_-_cesta_natalina.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de__lei_n.o_05-2025_-_cesta_natalina.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2º-A, da Lei nº. 1.385, de 31 de março de 2016, que dispõe sobre o Programa de Auxílio à Alimentação dos servidores do Poder Legislativo Municipal de Rolador, e dá outras providências, e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_decreto_legislativo_03.25.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_decreto_legislativo_03.25.pdf</t>
   </si>
   <si>
     <t>É concedido o TITULO HONORIFICO DE CIDADÃO ROLADORENSE, ao Senhor IVAN INÁCIO LIMBERGER.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_decreto_legislativo_04.25.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_decreto_legislativo_04.25.pdf</t>
   </si>
   <si>
     <t>É concedido o TITULO HONORIFICO DE CIDADÃO ROLADORENSE, a Senhora LIANA DO AMARAL NEVES.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Alberto Aquino Gomes</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/</t>
+    <t>http://sapl.rolador.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Insere o inciso VI ao art. 43 e cria o art. 78-A na Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/12/mensagem_n71.2025_p_lei_65.2025-_dipoe_sobre_custeio_regime_proprio_e_previdencia_1.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/12/mensagem_n71.2025_p_lei_65.2025-_dipoe_sobre_custeio_regime_proprio_e_previdencia_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano de custeio do Regime Próprio de Previdência Social do Município de Rolador.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/13/mensagem_n72.2025_p_lei_66.2025-_dipoe_sobre_estrutura_organizacional_regime_proprio_e_previdencia_1.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/13/mensagem_n72.2025_p_lei_66.2025-_dipoe_sobre_estrutura_organizacional_regime_proprio_e_previdencia_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura organizacional do Regime Próprio de Previdência Social e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Cria a Arquivo Público Municipal e a Comissão Permanente de Avaliação Documental e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/8/mensagem_n_85.2025_p_lei_n_76.2025_ldo_2026.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/8/mensagem_n_85.2025_p_lei_n_76.2025_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias - LDO, para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/10/pl_78.25_0001.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/10/pl_78.25_0001.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um Agente Comunitário de Saúde - ACS, por tempo determinado, e dá outras providências.”</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>“Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2025, em favor da Administração, crédito adicional suplementar, no valor de R$ 153.000,00 (cento e cinquenta e três mil reais), para os fins que especifica, e dá outras providências.”</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Loiara Ramos dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mensagem_n_90.2025_p_lei_80.2025_-_nota_fiscal_gaucha.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mensagem_n_90.2025_p_lei_80.2025_-_nota_fiscal_gaucha.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Premiação a Consumidores, mediante a utilização da Plataforma Nota Fiscal Gaúcha do Estado do Rio Grande do Sul e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2025, em favor da Administração, crédito adicional suplementar, no valor de R$ 81.501,83(oitenta e um mil, quinhentos e um real e oitenta e três centavos), para os fins que especifica , e dá outras providências.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Autoriza o Municipio a celebrar Termo de Fomento com o Centro de Tradições Gaúchas Presilha do Rio Grande.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Municipio de Rolador, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/37/mensagem_n_96.2025_p_lei_n_85.2025_contrata_professor_geografia.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/37/mensagem_n_96.2025_p_lei_n_85.2025_contrata_professor_geografia.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de anos finais do ensino fundamental - GEOGRAFIA –  por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/38/mensagem_n_97.2025_p_lei_n_86.2025_professor_educacao_infantil_2026.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/38/mensagem_n_97.2025_p_lei_n_86.2025_professor_educacao_infantil_2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de cinco professores de educação infantil –  por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/39/mensagem_n_98.2025_p_lei_n_87.2025_contrataprofessor_series_iniciais_2026.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/39/mensagem_n_98.2025_p_lei_n_87.2025_contrataprofessor_series_iniciais_2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de seis professores de anos iniciais do ensino fundamental –  por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/40/mensagem_n_99.2025_p_lei_n_88.2025_professor_portugues.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/40/mensagem_n_99.2025_p_lei_n_88.2025_professor_portugues.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de anos finais do ensino fundamental – PORTUGUÊS, por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/41/mensagem_n_100.2025_p_lei_n_89.2025_professor_matematica.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/41/mensagem_n_100.2025_p_lei_n_89.2025_professor_matematica.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de anos finais do ensino fundamental – MATEMÁTICA, por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de um professor de Atendimento Educacional Especializado, por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, para atender a necessidade temporária de excepcional interesse público, efetuar a contratação de dois monitores de educação, por tempo determinado, e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CELEBRAR TERMO DE FOMENTO COM O SINDICATO DOS MUNICIPÁRIOS DE ROLADOR - SIMRO.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/45/mensagem_n_104.2025_p_lei_n_93.2025_credito_adicional_suplementar.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/45/mensagem_n_104.2025_p_lei_n_93.2025_credito_adicional_suplementar.pdf</t>
   </si>
   <si>
     <t>Fica o Município, Poder Executivo, autorizado a abrir no Orçamento Anual do Município, exercício de 2025, em favor da Administração, crédito adicional suplementar, no valor de R$ 200.000,00 (duzentos mil reais), para os fins que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/46/mensagem_n_105.2025_p_lei_-_regulamentacao_sistema_monitoramento.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/46/mensagem_n_105.2025_p_lei_-_regulamentacao_sistema_monitoramento.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a regulamentação da instalação, manutenção e funcionamento do Sistema Municipal de Videomonitoramento e da Sala de Comando e Controle Integrado no Município de Rolador/RS.”</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Adriani</t>
   </si>
   <si>
     <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, para que seja custeada a ajuda de custos nos testes de mormo dos cavalos.</t>
   </si>
   <si>
     <t>Isaias</t>
   </si>
   <si>
     <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, que implemente um programa de recuperação e preservação de nascentes e mananciais no município. Justifica-se que o município possui uma vasta riqueza natural, com inúmeras nascentes e mananciais espalhados por seu território. A falta de políticas e ações efetivas têm permitido a degradação dessas áreas, comprometendo um patrimônio valioso para a cidade. A proposta busca sensibilizar a administração municipal para a necessidade de medidas concretas voltadas à preservação ambiental, garantindo a manutenção dos recursos hídricos para as futuras gerações.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Elizandro</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_25.2025.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_25.2025.pdf</t>
   </si>
   <si>
     <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, que seja realizada uma Descida Ecológica no Rio Ijuí, com saída da Barca do Passo Novo até a comunidade da Barra do Araçá, no mês de novembro. O objetivo é a coleta de lixo, soltura de alevinos e plantio de mudas de árvores nativas nas margens do rio, para o mês de novembro. A proposta principal do evento é conscientizar as pessoas da importância de preservar nosso rio, além de verificar quais as condições atuais do leito e margens do Rio Ijuí.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Maria Rosantina</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_26.2025.pdf</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_26.2025.pdf</t>
   </si>
   <si>
     <t>Indico, ouvido plenário, ao Senhor Prefeito, que determine o setor competente, que seja colocada iluminação na entrada da cidade, próximo ao cemitério,  que dá acesso a ERS165, para melhor visibilidade no período noturno.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscreve, integrantes das Bancadas do PP, MDB e PSB, com assento nesta Casa, após aprovação do Colendo Plenário, REQUEREM, a inserção em ata, com a comunicação aos familiares, de UM VOTO DE PESAR, pelo falecimento de DELVAIR RODRIGUES DE LIMA, ocorrido no último dia 10 de setembro de 2025.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Agenor</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, integrante da Bancada do PSB, com assento nesta Casa, após aprovação do Colendo Plenário, REQUER, a inserção em ata, com a comunicação aos familiares, de UM VOTO DE PESAR, pelo falecimento do Sr. JOSÉ PEREIRA DE MATOS, ocorrido no último dia 04 de outubro de 2025.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, integrante da Bancada do PSB, com assento nesta casa, após aprovação do Colendo Plenário, Requer, a inserção em ata, com a comunicação aos familiares, de Um Voto de Pesar, pelo falecimento do Sr. José Martins Reolon, ocorrido no ultimo dia 18 de novembro de 2025</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>Moção de Congratulações</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_apoio_no_01.25.docx</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_apoio_no_01.25.docx</t>
   </si>
   <si>
     <t>Os Vereadores que a esta subscrevem, com assento nesta Casa, com base no artigo 188, do Regimento Interno, veem apresentar a presente MOÇÃO DE APOIO à implantação do curso de medicina no Campus de Cerro Largo da Universidade Federal da Fronteira Sul.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>EDO</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
-    <t>https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/21/edital_de_convocacao_20.10.25_-_ldo.doc</t>
+    <t>http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/21/edital_de_convocacao_20.10.25_-_ldo.doc</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Vereadores de Rolador, juntamente com a Comissão de Economia e Finanças, no uso de suas atribuições legais, e de conformidade com o inciso I, § 1º, do art. 48, da Lei Complementar nº. 101, de 04 de maio de 2000 – LRF e parágrafo único, art. 267, do Regimento Interno, CONVOCA a população em geral, para participar da AUDIÊNCIA PÚBLICA para apresentação do Projeto de Lei n° 76/2025 – Dispõe sobre a Lei de Diretrizes Orçamentárias – LDO, para o Exercício Financeiro de 2026, a realizar-se no dia 20 de outubro de 2025, às 16hs, na Sala de Sessões da Câmara Municipal.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE BENEFÍCIOS DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES EFETIVOS DO MUNICÍPIO DE ROLADOR – RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -840,68 +840,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/33/emenda_impositiva_01_todos_3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/34/emenda_impositiva_02_brigada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/35/emenda_impositiva_03_sindicato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/36/emenda_impositiva_04_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de__lei_n.o_05-2025_-_cesta_natalina.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_decreto_legislativo_03.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_decreto_legislativo_04.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/12/mensagem_n71.2025_p_lei_65.2025-_dipoe_sobre_custeio_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/13/mensagem_n72.2025_p_lei_66.2025-_dipoe_sobre_estrutura_organizacional_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/8/mensagem_n_85.2025_p_lei_n_76.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/10/pl_78.25_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mensagem_n_90.2025_p_lei_80.2025_-_nota_fiscal_gaucha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/37/mensagem_n_96.2025_p_lei_n_85.2025_contrata_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/38/mensagem_n_97.2025_p_lei_n_86.2025_professor_educacao_infantil_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/39/mensagem_n_98.2025_p_lei_n_87.2025_contrataprofessor_series_iniciais_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/40/mensagem_n_99.2025_p_lei_n_88.2025_professor_portugues.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/41/mensagem_n_100.2025_p_lei_n_89.2025_professor_matematica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/45/mensagem_n_104.2025_p_lei_n_93.2025_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/46/mensagem_n_105.2025_p_lei_-_regulamentacao_sistema_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_apoio_no_01.25.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/21/edital_de_convocacao_20.10.25_-_ldo.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rolador.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/33/emenda_impositiva_01_todos_3.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/34/emenda_impositiva_02_brigada.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/35/emenda_impositiva_03_sindicato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/36/emenda_impositiva_04_infraestrutura.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de__lei_n.o_05-2025_-_cesta_natalina.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_decreto_legislativo_03.25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_decreto_legislativo_04.25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/12/mensagem_n71.2025_p_lei_65.2025-_dipoe_sobre_custeio_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/13/mensagem_n72.2025_p_lei_66.2025-_dipoe_sobre_estrutura_organizacional_regime_proprio_e_previdencia_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/8/mensagem_n_85.2025_p_lei_n_76.2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/10/pl_78.25_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/24/mensagem_n_90.2025_p_lei_80.2025_-_nota_fiscal_gaucha.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/37/mensagem_n_96.2025_p_lei_n_85.2025_contrata_professor_geografia.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/38/mensagem_n_97.2025_p_lei_n_86.2025_professor_educacao_infantil_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/39/mensagem_n_98.2025_p_lei_n_87.2025_contrataprofessor_series_iniciais_2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/40/mensagem_n_99.2025_p_lei_n_88.2025_professor_portugues.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/41/mensagem_n_100.2025_p_lei_n_89.2025_professor_matematica.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/42/mensagem_n_101.2025_p_lei_n_90.2025_professor_aee.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/43/mensagem_n_102.2025_p_lei_n_91.2025_contrata_monitor_de_escola.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/45/mensagem_n_104.2025_p_lei_n_93.2025_credito_adicional_suplementar.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/46/mensagem_n_105.2025_p_lei_-_regulamentacao_sistema_monitoramento.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/18/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_de_apoio_no_01.25.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/sapl/public/materialegislativa/2025/21/edital_de_convocacao_20.10.25_-_ldo.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rolador.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="169.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="169" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>